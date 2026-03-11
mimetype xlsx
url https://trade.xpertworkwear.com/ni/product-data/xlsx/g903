--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -264,51 +264,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>65050090</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>2904.00000</v>
+        <v>3650.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cosy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the bobble hat of choice for style and play in the great outdoors.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>