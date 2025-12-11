--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>12.95</v>
       </c>
       <c r="L2">
-        <v>40.00000</v>
+        <v>51.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -403,51 +403,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>12.95</v>
       </c>
       <c r="L3">
-        <v>72.00000</v>
+        <v>23.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -473,51 +473,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>12.95</v>
       </c>
       <c r="L4">
-        <v>399.00000</v>
+        <v>325.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>12.95</v>
       </c>
       <c r="L5">
-        <v>743.00000</v>
+        <v>460.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -613,51 +613,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>12.95</v>
       </c>
       <c r="L6">
-        <v>359.00000</v>
+        <v>571.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -683,51 +683,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62031990</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>12.95</v>
       </c>
       <c r="L7">
-        <v>351.00000</v>
+        <v>241.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.