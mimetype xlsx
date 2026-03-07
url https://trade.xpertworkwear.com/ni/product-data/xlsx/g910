--- v1 (2025-12-11)
+++ v2 (2026-03-07)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>12.95</v>
       </c>
       <c r="L2">
-        <v>51.00000</v>
+        <v>183.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -403,51 +403,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>12.95</v>
       </c>
       <c r="L3">
-        <v>23.00000</v>
+        <v>338.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -473,51 +473,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>12.95</v>
       </c>
       <c r="L4">
-        <v>325.00000</v>
+        <v>338.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>12.95</v>
       </c>
       <c r="L5">
-        <v>460.00000</v>
+        <v>415.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -613,51 +613,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>12.95</v>
       </c>
       <c r="L6">
-        <v>571.00000</v>
+        <v>573.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.
@@ -683,51 +683,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62031990</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>12.95</v>
       </c>
       <c r="L7">
-        <v>241.00000</v>
+        <v>455.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Built as tough as our adult range, this Xpert Swampmaster Stormgear Junior Jacket doesn't cut corners. We've packed it with the features that matter for active kids who play as hard as you work.