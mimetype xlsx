--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -327,51 +327,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>32.95</v>
       </c>
       <c r="L2">
-        <v>311.00000</v>
+        <v>208.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>
@@ -391,51 +391,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>32.95</v>
       </c>
       <c r="L3">
-        <v>469.00000</v>
+        <v>407.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>
@@ -455,51 +455,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>32.95</v>
       </c>
       <c r="L4">
-        <v>145.00000</v>
+        <v>80.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>
@@ -519,51 +519,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>32.95</v>
       </c>
       <c r="L5">
-        <v>147.00000</v>
+        <v>68.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>
@@ -583,51 +583,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>32.95</v>
       </c>
       <c r="L6">
-        <v>144.00000</v>
+        <v>84.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>
@@ -647,51 +647,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>47</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62031990</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>32.95</v>
       </c>
       <c r="L7">
-        <v>463.00000</v>
+        <v>403.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Swampmaster Stormgear Junior waterproofs bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Swampmaster &amp; Xpert products:
 TROUSERS:
 Introducing the ultimate solution to never-ending laundry piles – meet Swampmaster™ Junior Waterproof Trousers! Designed to keep your kids clean and dry in any weather, these trousers are perfect for young outdoor enthusiasts, offering all the features of our adult range and more!  Let your kids enjoy every moment without breaking a sweat! The breathable fabric ensures maximum comfort and minimizes heat buildup while they're busy having fun. Complete protection from the elements is guaranteed with fully waterproof fabric and welded seams, while the elasticated waist and bottom hem studs keep the wind at bay.  Prioritising safety, all our Xpert Junior Apparel is equipped with hi-visibility reflective detailing.
 JACKET: This Swampmaster™ Junior Waterproof Jacket is just oozing with premium features that are often omitted from kids clothing.  Crafted with care, this jacket ensures your child's comfort, safety, and style in any weather.  Let your kids have a blast without breaking a sweat!  Breathable fabric and vented underarms help ensure your child doesn’t overheat when they are busy having fun.  Fully waterproof fabric and welded seams ensure complete protection from the elements, and elasticated wrists and bottom hem helps keep the wind out too.  The front main zip is protected with a Storm flap, which stops wind and rain coming through the zip in extreme weather.  The fitted hood includes elasticated points to shape the hood around your face, and it can be tucked away into the collar when the sun comes out. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing.
 POM POM BEANIE:
 This functional and fun Xpert pom beanie hat features a soft, double thickness knit for a super cozy fit.  An essential piece of headgear for cold conditions, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Your kids will love the pop of colour, it’s the ultimate choice for style and play in the great outdoors.</t>