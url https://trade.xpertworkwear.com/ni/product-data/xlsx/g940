--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>37.95</v>
       </c>
       <c r="L2">
-        <v>73.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.
@@ -399,51 +399,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>37.95</v>
       </c>
       <c r="L3">
-        <v>61.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.
@@ -465,51 +465,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>37.95</v>
       </c>
       <c r="L4">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.
@@ -597,51 +597,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>37.95</v>
       </c>
       <c r="L6">
-        <v>23.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.
@@ -663,51 +663,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>37.95</v>
       </c>
       <c r="L7">
-        <v>83.00000</v>
+        <v>38.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.