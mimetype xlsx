--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="55"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="49"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="59"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="23"/>
     <col min="19" max="19" width="43"/>
     <col min="20" max="20" width="48"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -597,51 +597,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>37.95</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.
@@ -663,51 +663,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>37.95</v>
       </c>
       <c r="L7">
-        <v>38.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The ultimate companion for rough weather, the Xpert™ PRO 3 Layer TPU Tactical Shell Jacket is packed full of features to let you get on with the job, no matter how cold it is outdoors. 100g insulation with quilted lining for guaranteed warmth. All exterior pockets have zips to ensure you don’t lose anything during active work. The waterproof softshell fabric is also DWR Coated for additional water repellence and durability. Detachable hood. Quality YKK Zips throughout.