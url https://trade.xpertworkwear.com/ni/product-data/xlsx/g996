--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62129000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.95</v>
       </c>
       <c r="L2">
-        <v>1452.00000</v>
+        <v>1180.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tough canvas webbed work belt with heavy duty metal buckle.  The Xpert core work belt is an essential piece of kit for your work trousers, especially when you load up your pockets with tools.  120cm total length, can be cut to size if required.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">